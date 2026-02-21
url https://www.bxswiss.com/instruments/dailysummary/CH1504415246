--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c070862cd2c4320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0437ecc6d5524401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ec15c466fc4bd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561c874864314e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7eb813791f400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ec15c466fc4bd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27382fdf677a4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561c874864314e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,130</x:t>
-[...225 lines deleted...]
-          <x:t>2,832</x:t>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>