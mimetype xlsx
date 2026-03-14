--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0437ecc6d5524401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a7cee43ca246b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561c874864314e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1863e2e9652b434c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27382fdf677a4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561c874864314e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf030467b40064b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1863e2e9652b434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>3,012</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,971</x:t>
-[...16 lines deleted...]
-          <x:t>3,011</x:t>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,993</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>2,807</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>