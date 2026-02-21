--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5ca831e4ca4889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac03932ac1c4ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eefb3eb484041f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3b23ed01b645e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c43b1e9bc94b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eefb3eb484041f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdacad01b0e2b4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3b23ed01b645e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,031</x:t>
-[...43 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,883</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>1,782</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>