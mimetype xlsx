--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac03932ac1c4ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967f6cbf70114a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3b23ed01b645e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92b230dec9064b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdacad01b0e2b4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3b23ed01b645e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R661f115470c944ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92b230dec9064b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,902</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,939</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>10.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,863</x:t>
-[...53 lines deleted...]
-          <x:t>2,003</x:t>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,999</x:t>
-[...48 lines deleted...]
-          <x:t>1,891</x:t>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,991</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>