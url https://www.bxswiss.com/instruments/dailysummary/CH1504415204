--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2bf8e3abba4c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8bbe0a7a6142cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re97a5d512bde4262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd68abb32df4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb25aaf9380444456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re97a5d512bde4262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca4c029fb0445c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd68abb32df4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>2,030</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,072</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,951</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,690</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>