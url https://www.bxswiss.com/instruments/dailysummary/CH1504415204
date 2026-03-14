--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8bbe0a7a6142cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea528ac540b4a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd68abb32df4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24165572c23e41f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca4c029fb0445c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd68abb32df4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee23d2e5f174581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24165572c23e41f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,837</x:t>
-[...11 lines deleted...]
-          <x:t>1,860</x:t>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,813</x:t>
-[...544 lines deleted...]
-          <x:t>1,657</x:t>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>