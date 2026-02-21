--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc266fa8c62664fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra462715c46a84406" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9595d69c3a4cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bfbd0c287134e29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10c7fdf7fa67453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9595d69c3a4cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a306744401c4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bfbd0c287134e29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,824</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...43 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,713</x:t>
-[...36 lines deleted...]
-          <x:t>1,604</x:t>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>