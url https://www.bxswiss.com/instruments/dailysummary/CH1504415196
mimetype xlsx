--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra462715c46a84406" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23b98ee08a9410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bfbd0c287134e29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb08999e1df424a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a306744401c4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bfbd0c287134e29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdead44e053b4735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb08999e1df424a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>1,681</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,705</x:t>
-[...141 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,868</x:t>
-[...112 lines deleted...]
-          <x:t>1,599</x:t>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>20.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,689</x:t>
-[...4 lines deleted...]
-          <x:t>1,559</x:t>
+          <x:t>1,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>