--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9d1fdd444c4592" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4146d4911bb04bef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e7290c7e184c3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a65d6696c24b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebe8f66410784334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e7290c7e184c3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dbca5b0b60b4d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a65d6696c24b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,825</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,757</x:t>
-[...48 lines deleted...]
-          <x:t>2,838</x:t>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,789</x:t>
-[...161 lines deleted...]
-          <x:t>2,593</x:t>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>