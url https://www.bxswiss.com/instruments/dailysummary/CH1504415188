--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4146d4911bb04bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d1dbd6dd4f43e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a65d6696c24b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df2fdc6260244c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dbca5b0b60b4d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a65d6696c24b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016efd2034ed4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df2fdc6260244c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,752</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,720</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>2,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,710</x:t>
-[...58 lines deleted...]
-          <x:t>2,752</x:t>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,013</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>2,571</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>