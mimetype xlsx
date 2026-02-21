--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36bc39d8e80c44fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ba6e6dce174b80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re68b8248a4884ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca45a289bb84675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf90d0598326045f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re68b8248a4884ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8bb61db2d6e4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca45a289bb84675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...146 lines deleted...]
-          <x:t>2,458</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...127 lines deleted...]
-          <x:t>2,112</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>