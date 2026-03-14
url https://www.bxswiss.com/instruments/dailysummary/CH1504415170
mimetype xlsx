--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ba6e6dce174b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645d19301cde46c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca45a289bb84675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5286154a64a0425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8bb61db2d6e4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca45a289bb84675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc75ad468f051426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5286154a64a0425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,300</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,222</x:t>
-[...313 lines deleted...]
-          <x:t>2,269</x:t>
+          <x:t>2,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,143</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,211</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,123</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>2,091</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>