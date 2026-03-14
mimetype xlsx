--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9dbc8d63ce941b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra417613b7ddc4e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695117c25abe46b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b16d1a096d74a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c36f3f452e44de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695117c25abe46b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29428119d2a4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b16d1a096d74a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...217 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,607</x:t>
-[...63 lines deleted...]
-          <x:t>1,522</x:t>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>