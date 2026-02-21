--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa4d054ff0e4dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4786051ebef435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35c23f57d34a4185"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac5b40bd3d4041be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ad9e905bb104b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35c23f57d34a4185" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36beec4f86243cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac5b40bd3d4041be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,516</x:t>
-[...85 lines deleted...]
-          <x:t>1,444</x:t>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>