--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4786051ebef435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ab912d84f74b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac5b40bd3d4041be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc04e7a4e38294cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36beec4f86243cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac5b40bd3d4041be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ffb9d7a879d451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc04e7a4e38294cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>1,612</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,619</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,562</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>1,439</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,481</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>1,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>1,419</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>