--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1bf2a4b28d4d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03468eb4cc5e4442" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R502af73ee29c41b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c9de3a03e54919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae067f5aeba4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R502af73ee29c41b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62910f2addf7467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c9de3a03e54919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,594</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,564</x:t>
-[...16 lines deleted...]
-          <x:t>2,573</x:t>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,488</x:t>
-[...188 lines deleted...]
-          <x:t>2,373</x:t>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>