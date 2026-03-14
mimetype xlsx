--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03468eb4cc5e4442" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867c2a7bc8aa4df1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c9de3a03e54919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81342fc0f1f54ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62910f2addf7467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c9de3a03e54919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e37c1078ce4f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81342fc0f1f54ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>2,426</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,487</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>2,729</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,488</x:t>
-[...33 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,587</x:t>
-[...102 lines deleted...]
-          <x:t>2,391</x:t>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,371</x:t>
-[...21 lines deleted...]
-          <x:t>2,487</x:t>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,463</x:t>
-[...178 lines deleted...]
-          <x:t>2,479</x:t>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,353</x:t>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>