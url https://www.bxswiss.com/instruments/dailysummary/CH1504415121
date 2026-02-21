--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd530fe37a1446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6b617d5f034981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a8d09a1c5284f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9de19da8d4e4eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c54bf76bb6d4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a8d09a1c5284f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9350871494418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9de19da8d4e4eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>2,180</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,133</x:t>
-[...43 lines deleted...]
-          <x:t>2,205</x:t>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,069</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,169</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,988</x:t>
-[...97 lines deleted...]
-          <x:t>2,099</x:t>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,904</x:t>
+          <x:t>1,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>