--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6b617d5f034981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e8f9381d7740fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9de19da8d4e4eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154e67400bec4068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9350871494418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9de19da8d4e4eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R658a3860deff45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154e67400bec4068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,071</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>26.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,058</x:t>
-[...340 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,079</x:t>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,075</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>2,001</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,887</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>