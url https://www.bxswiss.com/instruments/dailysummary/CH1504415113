--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f62f7fb81147c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01d48d970964213" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeac3af7aaa74132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8470622ccc264a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be801a3207f46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeac3af7aaa74132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50470ddd16344691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8470622ccc264a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,748</x:t>
-[...124 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,490</x:t>
-[...90 lines deleted...]
-          <x:t>1,371</x:t>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>