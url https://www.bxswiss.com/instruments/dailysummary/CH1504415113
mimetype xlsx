--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01d48d970964213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308f5fa7b9504acd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8470622ccc264a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb358a91415c44bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50470ddd16344691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8470622ccc264a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaa56663e7514f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb358a91415c44bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,531</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,527</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,450</x:t>
-[...416 lines deleted...]
-          <x:t>1,559</x:t>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,591</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>1,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>