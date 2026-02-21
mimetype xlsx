--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2963df9d9aa4610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7b5af1fee44937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc9d30d7e0f4094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c7edc7c6eac4d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0897385fb8a64e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc9d30d7e0f4094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef4a7817f0a440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c7edc7c6eac4d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,657</x:t>
-[...26 lines deleted...]
-          <x:t>1,609</x:t>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,549</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...26 lines deleted...]
-          <x:t>1,360</x:t>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,302</x:t>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>