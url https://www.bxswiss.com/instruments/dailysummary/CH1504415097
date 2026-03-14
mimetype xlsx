--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7b5af1fee44937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c797e5ecb44fa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c7edc7c6eac4d91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76348aef87084ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef4a7817f0a440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c7edc7c6eac4d91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798e6febaf814528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76348aef87084ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,453</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,459</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
-[...70 lines deleted...]
-          <x:t>1,478</x:t>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...119 lines deleted...]
-          <x:t>1,412</x:t>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,509</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,513</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...301 lines deleted...]
-          <x:t>1,279</x:t>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>