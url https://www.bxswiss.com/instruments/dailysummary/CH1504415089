--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06211d5bd25478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848c4b92f4e24b2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6968e4a133954f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63015d3bb81a4e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930f8e6dc1504aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6968e4a133954f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10af1a9590e34891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63015d3bb81a4e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,574</x:t>
-[...53 lines deleted...]
-          <x:t>1,522</x:t>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...161 lines deleted...]
-          <x:t>1,239</x:t>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>