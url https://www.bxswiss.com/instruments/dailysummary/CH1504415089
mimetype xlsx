--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848c4b92f4e24b2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc178874797844945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63015d3bb81a4e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d74cdc38a440b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10af1a9590e34891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63015d3bb81a4e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83edf3bb9044117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d74cdc38a440b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,381</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,402</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,398</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,365</x:t>
-[...156 lines deleted...]
-          <x:t>1,249</x:t>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,409</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,437</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>1,217</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>