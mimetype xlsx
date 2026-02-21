--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb34ed31a8904d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re863709aec09492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R788e7786634e4620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8998b181b3384add"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a227b76a0c4aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R788e7786634e4620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037008ffc8ae4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8998b181b3384add" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,364</x:t>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,269</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,157</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>2,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>