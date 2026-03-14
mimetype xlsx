--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re863709aec09492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447aebb1d62449c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8998b181b3384add"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d93f3b29a44952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037008ffc8ae4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8998b181b3384add" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aa6080d14da4d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d93f3b29a44952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,559</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,418</x:t>
-[...114 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,269</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>2,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>2,231</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,169</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>17.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...90 lines deleted...]
-          <x:t>2,157</x:t>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>