--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed2e5145bc34c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd37b12af2d438b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cb9e3a51d3b4dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ff9759c0764e98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f7cf25b7094d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cb9e3a51d3b4dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd90fcaa6c4254bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ff9759c0764e98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>1,957</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,903</x:t>
-[...26 lines deleted...]
-          <x:t>1,880</x:t>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1,724</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,759</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>