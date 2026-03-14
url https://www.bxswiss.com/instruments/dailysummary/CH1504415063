--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd37b12af2d438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6890ff4e0e04725" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ff9759c0764e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d96472dbd84617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd90fcaa6c4254bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ff9759c0764e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96490c1fbcac48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d96472dbd84617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,869</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,804</x:t>
-[...38 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,858</x:t>
-[...43 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,896</x:t>
-[...215 lines deleted...]
-          <x:t>1,861</x:t>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
-[...97 lines deleted...]
-          <x:t>1,919</x:t>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,833</x:t>
-[...134 lines deleted...]
-          <x:t>1,703</x:t>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>