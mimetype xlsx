--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36722165f554479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3aecbb9e5f434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d71138c6a1450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb488f8e45e2b42d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5218db22a6754fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d71138c6a1450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5626f7d4d90d4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb488f8e45e2b42d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...102 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,443</x:t>
-[...70 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,241</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>1,177</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>