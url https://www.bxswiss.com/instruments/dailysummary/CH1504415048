--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3aecbb9e5f434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6875748bd374be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb488f8e45e2b42d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad6fb909e7c472a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5626f7d4d90d4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb488f8e45e2b42d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99662d891f0449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad6fb909e7c472a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,318</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,265</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,308</x:t>
-[...291 lines deleted...]
-          <x:t>1,283</x:t>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,193</x:t>
-[...247 lines deleted...]
-          <x:t>1,157</x:t>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>