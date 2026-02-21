--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3298a0b1b004064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86ebfdd435c4e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbd0e8f0cf364744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e10295701754a9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69dc8f993fed4e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbd0e8f0cf364744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa068eaabca4478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e10295701754a9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>1,983</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>