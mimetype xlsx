--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86ebfdd435c4e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b64eea185b946a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e10295701754a9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc78b4b0fc94278"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa068eaabca4478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e10295701754a9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba54af5c4684ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc78b4b0fc94278" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,094</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,103</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,104</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,002</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,059</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,128</x:t>
-[...156 lines deleted...]
-          <x:t>2,167</x:t>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,148</x:t>
-[...301 lines deleted...]
-          <x:t>1,975</x:t>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>