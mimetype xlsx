--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a8a2d723095425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053909b768a043e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R529dc6a01b0c4518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec8583ef99842d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac95bfa29c7b4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R529dc6a01b0c4518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a37540099940d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec8583ef99842d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,346</x:t>
-[...53 lines deleted...]
-          <x:t>1,299</x:t>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,266</x:t>
-[...38 lines deleted...]
-          <x:t>1,169</x:t>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,131</x:t>
-[...11 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,146</x:t>
-[...90 lines deleted...]
-          <x:t>1,062</x:t>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>