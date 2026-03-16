--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053909b768a043e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698da66898664b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec8583ef99842d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd057032df76f4b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a37540099940d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec8583ef99842d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfaf6e82706746c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd057032df76f4b0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,179</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,157</x:t>
-[...43 lines deleted...]
-          <x:t>1,143</x:t>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,097</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>1,327</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,134</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,233</x:t>
-[...90 lines deleted...]
-          <x:t>1,047</x:t>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>