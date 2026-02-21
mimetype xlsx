--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c8ea0c0a4149d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68866ea679024798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f7e6171b3a40b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a01f76498f42a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbd6ef9a52046bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f7e6171b3a40b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a0550166b94373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a01f76498f42a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...136 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,218</x:t>
-[...16 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,109</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,132</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,073</x:t>
-[...38 lines deleted...]
-          <x:t>1,047</x:t>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,039</x:t>
-[...58 lines deleted...]
-          <x:t>1,012</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>