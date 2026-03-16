--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68866ea679024798" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86984ba1a1a485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a01f76498f42a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3d6c911f514ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a0550166b94373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a01f76498f42a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce39879568db4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3d6c911f514ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,120</x:t>
-[...58 lines deleted...]
-          <x:t>1,042</x:t>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,296</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,269</x:t>
-[...226 lines deleted...]
-        <x:is>
           <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,081</x:t>
-[...102 lines deleted...]
-          <x:t>1,149</x:t>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,173</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,997</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>