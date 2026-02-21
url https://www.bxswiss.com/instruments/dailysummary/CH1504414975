--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra116a3170dfa4009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e0f367bfbd4996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a69a64cd7b4dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd14f7e26574d7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5294525b3ab4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a69a64cd7b4dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb95e0f25c6f4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd14f7e26574d7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...136 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,156</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,156</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,089</x:t>
-[...114 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,006</x:t>
-[...9 lines deleted...]
-          <x:t>0,962</x:t>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>