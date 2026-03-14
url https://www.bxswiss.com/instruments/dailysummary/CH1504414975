--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e0f367bfbd4996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d900b52bf784ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd14f7e26574d7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd557243a75994810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb95e0f25c6f4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd14f7e26574d7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480e8ae4997a449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd557243a75994810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,009</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,029</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>09.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,067</x:t>
-[...21 lines deleted...]
-          <x:t>0,969</x:t>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...48 lines deleted...]
-          <x:t>1,077</x:t>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,077</x:t>
-[...161 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>