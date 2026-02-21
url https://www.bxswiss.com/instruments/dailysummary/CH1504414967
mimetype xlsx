--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5ffe6dcb024498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d14c4a995a34417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695d56b9653c462a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4c3108c1f14295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd068caf027a4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695d56b9653c462a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44701d8133b84d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4c3108c1f14295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,964</x:t>
-[...85 lines deleted...]
-          <x:t>1,886</x:t>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,907</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,972</x:t>
-[...85 lines deleted...]
-          <x:t>1,770</x:t>
+          <x:t>1,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,811</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>