--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5f726ce5284749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0040216cc9b4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd32f383570064489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac5da7244174c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9067d4936d42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd32f383570064489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a500c4a7ee41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac5da7244174c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,608</x:t>
-[...4 lines deleted...]
-          <x:t>1,520</x:t>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,573</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>1,422</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...53 lines deleted...]
-          <x:t>1,378</x:t>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>