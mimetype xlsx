--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef81b33a9e64afc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ffa0dda93e475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b298b653a064f18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d05283fc5674dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reec15caefe0947b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b298b653a064f18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a5e1b8c5794e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d05283fc5674dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,156</x:t>
-[...97 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,001</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,019</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,916</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>