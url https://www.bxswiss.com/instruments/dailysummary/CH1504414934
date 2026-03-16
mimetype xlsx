--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ffa0dda93e475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcc3e43ef654b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d05283fc5674dbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d83328a02404ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a5e1b8c5794e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d05283fc5674dbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68efac299cbc41ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d83328a02404ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>1,011</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,992</x:t>
-[...97 lines deleted...]
-          <x:t>1,169</x:t>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...335 lines deleted...]
-          <x:t>1,039</x:t>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,061</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,899</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>