--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce241d654b4643da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34014e4fd86b499f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdba92fdbf9934036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a0b3e3d8123436e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc76f2bd96145b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdba92fdbf9934036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c83cb390c5b4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a0b3e3d8123436e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,693</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,764</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,651</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>1,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>