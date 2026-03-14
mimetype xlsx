--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34014e4fd86b499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45d1d464a4af486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a0b3e3d8123436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf837fe7209c4681"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c83cb390c5b4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a0b3e3d8123436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b60d287c0524f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf837fe7209c4681" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,770</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,734</x:t>
-[...43 lines deleted...]
-          <x:t>1,758</x:t>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,706</x:t>
-[...97 lines deleted...]
-          <x:t>1,918</x:t>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,830</x:t>
-[...65 lines deleted...]
-          <x:t>1,734</x:t>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,727</x:t>
-[...328 lines deleted...]
-          <x:t>1,651</x:t>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>