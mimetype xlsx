--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1956643a7d4a4ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58358175d7494b2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8cba65beb9e4fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc5d7fd15aaf40cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed79378630f4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8cba65beb9e4fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9287851c81fe4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc5d7fd15aaf40cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,460</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,420</x:t>
-[...102 lines deleted...]
-          <x:t>1,301</x:t>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,236</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>