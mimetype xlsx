--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58358175d7494b2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485fd09fff454634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc5d7fd15aaf40cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9909f8d08e8b4792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9287851c81fe4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc5d7fd15aaf40cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2029d49bd2543fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9909f8d08e8b4792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,461</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,440</x:t>
-[...173 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>1,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,503</x:t>
-[...414 lines deleted...]
-          <x:t>1,257</x:t>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>