--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94350275f254fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb94b2ce491e4b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db54d7c71754c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b1783ac62c140c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f26bba559e47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db54d7c71754c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833d632bd8124810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b1783ac62c140c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>1,009</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,974</x:t>
-[...70 lines deleted...]
-          <x:t>0,919</x:t>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,863</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,889</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,856</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,850</x:t>
-[...58 lines deleted...]
-          <x:t>0,831</x:t>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>