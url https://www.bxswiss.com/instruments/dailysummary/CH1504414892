--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb94b2ce491e4b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8f2c2e088d4345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b1783ac62c140c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcefe8624995e413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833d632bd8124810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b1783ac62c140c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458176b340b840de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcefe8624995e413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,998</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,986</x:t>
-[...178 lines deleted...]
-          <x:t>0,913</x:t>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,057</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>0,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>