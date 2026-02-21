--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32261925da794c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1e49593d334ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8041c76ff26c4164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dddab66706d44a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0e6b454cde4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8041c76ff26c4164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5305277a6c12423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dddab66706d44a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>0,957</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,844</x:t>
-[...4 lines deleted...]
-          <x:t>0,816</x:t>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,826</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>0,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>