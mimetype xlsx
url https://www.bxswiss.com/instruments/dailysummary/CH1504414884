--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1e49593d334ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c988bec10c4131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dddab66706d44a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce2f0bd1a082415b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5305277a6c12423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dddab66706d44a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R020b0238020d43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce2f0bd1a082415b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,842</x:t>
-[...16 lines deleted...]
-          <x:t>0,870</x:t>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,854</x:t>
-[...38 lines deleted...]
-          <x:t>0,814</x:t>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...38 lines deleted...]
-          <x:t>0,870</x:t>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>0,777</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>