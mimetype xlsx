--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2504d6ad804c444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90fee532ba9490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recb36fc3503e48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b138ea8b8014ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44bcc9162be4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recb36fc3503e48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d19741deec04eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b138ea8b8014ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,596</x:t>
-[...173 lines deleted...]
-          <x:t>1,493</x:t>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,463</x:t>
-[...31 lines deleted...]
-          <x:t>1,509</x:t>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>