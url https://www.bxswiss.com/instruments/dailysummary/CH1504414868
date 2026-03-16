--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90fee532ba9490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6aa0009c39442c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b138ea8b8014ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3728b8a94d994f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d19741deec04eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b138ea8b8014ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee27da5f82b4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3728b8a94d994f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,564</x:t>
-[...75 lines deleted...]
-          <x:t>1,633</x:t>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,559</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...364 lines deleted...]
-          <x:t>1,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,567</x:t>
-[...85 lines deleted...]
-          <x:t>1,507</x:t>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>