--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R934974a323b84b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbf9daeb72d4ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fd8bd44be94237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e7d80230e44efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14900cc9f5354ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fd8bd44be94237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a30db0dc18b4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e7d80230e44efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,312</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,273</x:t>
-[...16 lines deleted...]
-          <x:t>1,280</x:t>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,252</x:t>
-[...92 lines deleted...]
-          <x:t>1,171</x:t>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,150</x:t>
-[...11 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,242</x:t>
-[...63 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>