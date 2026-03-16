--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbf9daeb72d4ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06bb94650ced4705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e7d80230e44efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068d5d9937bc4873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a30db0dc18b4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e7d80230e44efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ffa5b903554feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068d5d9937bc4873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1,184</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,203</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,242</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,226</x:t>
-[...43 lines deleted...]
-          <x:t>1,200</x:t>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,188</x:t>
-[...195 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,317</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>1,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>