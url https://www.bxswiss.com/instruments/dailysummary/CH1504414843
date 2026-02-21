--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a54b787633c4ce0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb665caa180b8449c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dc304a866a544ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc120df9162f64a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c95c812da747b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dc304a866a544ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf670bd6444ec420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc120df9162f64a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,897</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...16 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,834</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,863</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,840</x:t>
-[...75 lines deleted...]
-          <x:t>0,738</x:t>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,749</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,720</x:t>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>