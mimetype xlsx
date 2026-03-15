--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb665caa180b8449c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0620e5d62dc34050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc120df9162f64a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be5b8fb4a754207"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf670bd6444ec420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc120df9162f64a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15f71d944dcd44ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be5b8fb4a754207" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,800</x:t>
-[...4 lines deleted...]
-          <x:t>0,750</x:t>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,909</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,888</x:t>
-[...210 lines deleted...]
-          <x:t>0,697</x:t>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>