--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58d4c7e6a3547bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4d17be1697486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebacedc16db74658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1fd03429d5f4658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e6ecbe101d45f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebacedc16db74658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc79bb0137dbc4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1fd03429d5f4658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,177</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,123</x:t>
-[...16 lines deleted...]
-          <x:t>1,154</x:t>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,097</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,061</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...70 lines deleted...]
-          <x:t>1,132</x:t>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,049</x:t>
-[...26 lines deleted...]
-          <x:t>0,987</x:t>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>