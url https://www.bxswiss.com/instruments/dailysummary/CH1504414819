--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4d17be1697486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcedb94b6f934026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1fd03429d5f4658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2fbede752e4790"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc79bb0137dbc4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1fd03429d5f4658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba11bc26e3c04488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2fbede752e4790" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1,066</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,081</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,081</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,069</x:t>
-[...21 lines deleted...]
-          <x:t>1,069</x:t>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,109</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,114</x:t>
-[...4 lines deleted...]
-          <x:t>1,014</x:t>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,097</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...53 lines deleted...]
-          <x:t>1,021</x:t>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>