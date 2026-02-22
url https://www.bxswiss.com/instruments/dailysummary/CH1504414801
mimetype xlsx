--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18d4dc7521f4edc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05110758a73475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c6994766f64426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb4120370b844d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57fbaee52a454100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c6994766f64426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba26b0c882c40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb4120370b844d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...146 lines deleted...]
-          <x:t>0,770</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,654</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>