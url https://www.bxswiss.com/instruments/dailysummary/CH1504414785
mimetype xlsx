--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c2345772864f74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea6e2c4000e450a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0da211426c541b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R659fbd9cbf8642cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69dcef721e054b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0da211426c541b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aaa429c06ff4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R659fbd9cbf8642cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,706</x:t>
-[...43 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>0,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>