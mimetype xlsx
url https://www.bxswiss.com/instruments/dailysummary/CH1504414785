--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea6e2c4000e450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2091ad13c01f48b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R659fbd9cbf8642cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb9919450624544"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aaa429c06ff4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R659fbd9cbf8642cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1bcf1f1eba41a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb9919450624544" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,658</x:t>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,613</x:t>
-[...114 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>0,581</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>