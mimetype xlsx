--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd47d13ded435450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc94ad661da4424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7acc7151ec0b4727"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784a3578d6264025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d668395bb964b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7acc7151ec0b4727" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1410400d0af4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784a3578d6264025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,212</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,181</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,238</x:t>
-[...144 lines deleted...]
-          <x:t>1,140</x:t>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>