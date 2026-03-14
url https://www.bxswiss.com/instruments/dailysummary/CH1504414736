--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc94ad661da4424" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf3d7f2a00ce4041" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784a3578d6264025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2be23759614d78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1410400d0af4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784a3578d6264025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c1c04b1f451445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2be23759614d78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>1,171</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,168</x:t>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,187</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,333</x:t>
-[...102 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,243</x:t>
-[...301 lines deleted...]
-          <x:t>1,141</x:t>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>