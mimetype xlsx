--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3550b5a5fb94b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ccedc37091446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c25fc597c74245"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4751550de8ab4543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859b1d19086048ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c25fc597c74245" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7faae1d76e8446d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4751550de8ab4543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,952</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,911</x:t>
-[...70 lines deleted...]
-          <x:t>0,950</x:t>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,867</x:t>
-[...134 lines deleted...]
-          <x:t>0,788</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>