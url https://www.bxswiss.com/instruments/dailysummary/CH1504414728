--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ccedc37091446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f70f80156fb4dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4751550de8ab4543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4f2558c12f4947"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7faae1d76e8446d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4751550de8ab4543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297c8b5c3ea94dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4f2558c12f4947" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,904</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,907</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>26.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,854</x:t>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...505 lines deleted...]
-          <x:t>0,831</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>