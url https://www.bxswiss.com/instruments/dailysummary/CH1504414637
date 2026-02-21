--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbaacdd55b934ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d60a66e974f4440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8278cd83660c4936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8992d629103748ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa748ebb825a4aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8278cd83660c4936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec950f3eb22469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8992d629103748ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,749</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,709</x:t>
-[...80 lines deleted...]
-          <x:t>1,051</x:t>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,918</x:t>
-[...80 lines deleted...]
-          <x:t>1,080</x:t>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>