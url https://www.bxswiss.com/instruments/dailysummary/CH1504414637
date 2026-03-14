--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d60a66e974f4440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a81e52b3044a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8992d629103748ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc45568a4bc8e42a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec950f3eb22469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8992d629103748ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65663712d44141ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc45568a4bc8e42a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,863</x:t>
-[...97 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,952</x:t>
-[...495 lines deleted...]
-          <x:t>0,981</x:t>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>