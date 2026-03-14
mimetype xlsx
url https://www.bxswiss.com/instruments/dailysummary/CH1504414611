--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6754a13ff2934568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1354d557890444ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a19f70881e34cd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511b4902d3204d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14602e0d6e8b4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a19f70881e34cd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df0bc8caf9247e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511b4902d3204d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,723</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>1,712</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,607</x:t>
-[...48 lines deleted...]
-          <x:t>1,563</x:t>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,482</x:t>
-[...296 lines deleted...]
-          <x:t>1,853</x:t>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>