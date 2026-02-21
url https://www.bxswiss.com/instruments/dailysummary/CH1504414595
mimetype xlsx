--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd6cf2812ef408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d4071c16374043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e7715c04824fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee25e8ec54d4577"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231f21e35fa7440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e7715c04824fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261c5e1b75694a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee25e8ec54d4577" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,280</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,257</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,243</x:t>
-[...75 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,363</x:t>
-[...80 lines deleted...]
-          <x:t>0,466</x:t>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>