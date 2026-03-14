--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d4071c16374043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R980b93a4a2514f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee25e8ec54d4577"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302a88f003fd4ebb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261c5e1b75694a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee25e8ec54d4577" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1298a6c9ab2e4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302a88f003fd4ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,326</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,279</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,333</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,294</x:t>
-[...414 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>