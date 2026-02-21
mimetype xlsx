--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b447693d2b4241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af84927318e487e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f75178568ea4b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d63d3cd25114d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf32773f1f994447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f75178568ea4b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd701814d664829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d63d3cd25114d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,927</x:t>
-[...90 lines deleted...]
-          <x:t>2,135</x:t>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>