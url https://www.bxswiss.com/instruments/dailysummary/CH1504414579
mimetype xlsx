--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af84927318e487e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R281915454582402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d63d3cd25114d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9d7c4a99e14d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd701814d664829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d63d3cd25114d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3033b604fff447cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9d7c4a99e14d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>1,909</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,824</x:t>
-[...146 lines deleted...]
-          <x:t>1,782</x:t>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,797</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1,669</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...112 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,723</x:t>
-[...112 lines deleted...]
-          <x:t>1,963</x:t>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>