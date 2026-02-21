--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60be22df8ffb4fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ed87427cbd4290" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9926e8fa15ab4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca327512d2e48d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c679222b104cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9926e8fa15ab4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b3f6b370171480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca327512d2e48d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...141 lines deleted...]
-          <x:t>0,810</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,810</x:t>
-[...26 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,057</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,208</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,251</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>