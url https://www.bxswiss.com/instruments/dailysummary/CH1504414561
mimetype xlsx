--- v1 (2026-02-21)
+++ v2 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ed87427cbd4290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334b079773484fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca327512d2e48d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37dd211c87074a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b3f6b370171480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca327512d2e48d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc10bf996e64fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37dd211c87074a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,012</x:t>
-[...274 lines deleted...]
-          <x:t>0,930</x:t>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,946</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,151</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>