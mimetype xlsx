--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43e523c41ef4908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53d24ad7c90464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2864fdf953da48fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra477ac44e9244935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3043f492285b4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2864fdf953da48fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86117be8e1eb474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra477ac44e9244935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>1,418</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,684</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,666</x:t>
-[...112 lines deleted...]
-          <x:t>2,258</x:t>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>