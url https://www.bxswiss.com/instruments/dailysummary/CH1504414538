--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53d24ad7c90464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd127502c46294aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra477ac44e9244935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99bbf3fed6164d5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86117be8e1eb474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra477ac44e9244935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37c580834e124f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99bbf3fed6164d5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,938</x:t>
-[...48 lines deleted...]
-          <x:t>1,925</x:t>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,869</x:t>
-[...21 lines deleted...]
-          <x:t>1,990</x:t>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,942</x:t>
-[...87 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,865</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>1,993</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>