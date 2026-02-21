--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3841d51ad774489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5905066aed1c4a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4715591f7fe947da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c373ae0b374ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a84a9163b6645f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4715591f7fe947da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a44a9b6b65f4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c373ae0b374ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>1,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,297</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,161</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,346</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>