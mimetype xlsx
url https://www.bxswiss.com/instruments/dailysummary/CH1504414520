--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5905066aed1c4a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4ab00891bd40bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c373ae0b374ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a7eafae2544172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a44a9b6b65f4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c373ae0b374ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c03559ba41940a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a7eafae2544172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,174</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,099</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,172</x:t>
-[...259 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,041</x:t>
-[...279 lines deleted...]
-          <x:t>1,243</x:t>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>