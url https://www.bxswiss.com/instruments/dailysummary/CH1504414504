--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cf0b0435494151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432dfebbe3ab41d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80da4d37a22f4912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4b0899831584ee8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaccc6e5811f43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80da4d37a22f4912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371d3a0aa35d4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4b0899831584ee8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414504</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>0,347</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>0,607</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>