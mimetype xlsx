--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432dfebbe3ab41d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d352f0953984338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4b0899831584ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7f77fcbb2349f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371d3a0aa35d4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4b0899831584ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc536e055cd504428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7f77fcbb2349f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414504</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,499</x:t>
-[...75 lines deleted...]
-          <x:t>0,447</x:t>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,443</x:t>
-[...70 lines deleted...]
-          <x:t>0,442</x:t>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,416</x:t>
-[...11 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...134 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,359</x:t>
-[...296 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>