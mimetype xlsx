--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R938fcca263d44bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721a69d5e5b74957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red55f574f945452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8121fd8a76134c07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f43d84cd1b84c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red55f574f945452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4a718db0a449af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8121fd8a76134c07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...114 lines deleted...]
-          <x:t>1,593</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,509</x:t>
-[...70 lines deleted...]
-          <x:t>2,006</x:t>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,969</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,249</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,168</x:t>
-[...53 lines deleted...]
-          <x:t>2,381</x:t>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>