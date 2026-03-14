--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721a69d5e5b74957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7f23448380418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8121fd8a76134c07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e5fec3011d44f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4a718db0a449af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8121fd8a76134c07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd31069ff1cfb4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e5fec3011d44f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,886</x:t>
-[...75 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,051</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,990</x:t>
-[...124 lines deleted...]
-          <x:t>1,684</x:t>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,673</x:t>
-[...38 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,017</x:t>
-[...97 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,089</x:t>
-[...225 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>