--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc0ebdcd8e3442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd2da7d8a5243f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4fc803c09b4090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246be59c17004e09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5086aecf27834c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4fc803c09b4090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427d287a44934670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246be59c17004e09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,989</x:t>
-[...75 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,080</x:t>
-[...53 lines deleted...]
-          <x:t>1,289</x:t>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>1,449</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>