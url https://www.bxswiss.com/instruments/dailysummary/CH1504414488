--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd2da7d8a5243f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra670093e14f143f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246be59c17004e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda6d5683d2a46ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427d287a44934670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246be59c17004e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d2654dbc604a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda6d5683d2a46ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,176</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,038</x:t>
-[...38 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,263</x:t>
-[...112 lines deleted...]
-          <x:t>0,948</x:t>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>1,341</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>