--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra685982322b14d37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f729edd2fa4fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1aa02f83f3c47e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaaadb6cd2734bf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a804fc1bd3456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1aa02f83f3c47e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6157eeccdf8f4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaaadb6cd2734bf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>1,723</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,642</x:t>
-[...70 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,878</x:t>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>2,510</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>