--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f729edd2fa4fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c7d546ec7c43ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaaadb6cd2734bf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13699095afb4f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6157eeccdf8f4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaaadb6cd2734bf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb3816f3d0a465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13699095afb4f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,152</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,092</x:t>
-[...16 lines deleted...]
-          <x:t>2,137</x:t>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,121</x:t>
-[...21 lines deleted...]
-          <x:t>2,228</x:t>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,207</x:t>
-[...254 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,987</x:t>
-[...227 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,227</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,319</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>