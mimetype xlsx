--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3777a0e31334449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5e176a1c7749f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R289999d2a15646c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e3104dd650f4aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24caf5223f8f4f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R289999d2a15646c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7859964cfa64567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e3104dd650f4aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,014</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,048</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,557</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>