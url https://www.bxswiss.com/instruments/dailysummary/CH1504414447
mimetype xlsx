--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5e176a1c7749f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf0f76174164625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e3104dd650f4aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55c0ce6001f749cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7859964cfa64567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e3104dd650f4aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9773e615442048de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55c0ce6001f749cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,267</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,121</x:t>
-[...11 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,244</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,309</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>1,229</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,189</x:t>
-[...16 lines deleted...]
-          <x:t>1,311</x:t>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,285</x:t>
-[...220 lines deleted...]
-          <x:t>1,447</x:t>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>