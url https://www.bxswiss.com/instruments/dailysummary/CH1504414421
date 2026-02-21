--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R782d30f3ad494886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10d6ee8a5f8438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10c2c08157f4cc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b2a542296a495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra81d2c8f8d32428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10c2c08157f4cc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37270aa90b344d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b2a542296a495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...173 lines deleted...]
-          <x:t>0,592</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>0,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>