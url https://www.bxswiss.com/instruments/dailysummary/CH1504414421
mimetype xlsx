--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10d6ee8a5f8438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f95e4c48fe44c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b2a542296a495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f4b9e72b4a43c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37270aa90b344d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b2a542296a495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9524eafc724946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f4b9e72b4a43c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,539</x:t>
-[...21 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,543</x:t>
-[...345 lines deleted...]
-          <x:t>0,581</x:t>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,553</x:t>
-[...173 lines deleted...]
-          <x:t>0,617</x:t>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,559</x:t>
-[...31 lines deleted...]
-          <x:t>0,627</x:t>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>