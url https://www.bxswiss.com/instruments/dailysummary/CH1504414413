--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8234cfce55dd43e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cbefffb92774811" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83438458c47348e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e78ec34689841ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd6b5d7ddc8f431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83438458c47348e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74137f4f0e6048ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e78ec34689841ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...205 lines deleted...]
-          <x:t>2,218</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>2,643</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>