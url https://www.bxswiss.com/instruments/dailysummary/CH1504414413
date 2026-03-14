--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cbefffb92774811" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1be560438b64670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e78ec34689841ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0e394bbe544745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74137f4f0e6048ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e78ec34689841ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b59c5bbd6334d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0e394bbe544745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,352</x:t>
-[...26 lines deleted...]
-          <x:t>2,354</x:t>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,330</x:t>
-[...168 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,254</x:t>
-[...161 lines deleted...]
-          <x:t>2,487</x:t>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,221</x:t>
-[...6 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,301</x:t>
-[...144 lines deleted...]
-          <x:t>2,449</x:t>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>