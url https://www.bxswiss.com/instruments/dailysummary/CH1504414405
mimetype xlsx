--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1a6f183c454ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb4fa2440eb476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2991cadb31048a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R019aeed3ffb94268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0776ec08905f40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2991cadb31048a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f2c63a017834b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R019aeed3ffb94268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>1,257</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,410</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,449</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,790</x:t>
-[...36 lines deleted...]
-          <x:t>1,672</x:t>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>