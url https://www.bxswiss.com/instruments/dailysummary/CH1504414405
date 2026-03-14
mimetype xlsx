--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb4fa2440eb476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1988f09374343ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R019aeed3ffb94268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40564f636b584555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f2c63a017834b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R019aeed3ffb94268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ee39e101ab49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40564f636b584555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504414405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,322</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,401</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,381</x:t>
-[...323 lines deleted...]
-          <x:t>1,279</x:t>
+          <x:t>1,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,417</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>20.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,613</x:t>
-[...9 lines deleted...]
-          <x:t>1,553</x:t>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>